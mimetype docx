--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -1002,51 +1002,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Retain full copyright</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> of the article.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE1E50B" w14:textId="388B1066" w:rsidR="008D73D3" w:rsidRDefault="008D73D3" w:rsidP="008D73D3">
+    <w:p w14:paraId="6DE1E50B" w14:textId="49A34F19" w:rsidR="008D73D3" w:rsidRDefault="008D73D3" w:rsidP="008D73D3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Grant </w:t>
       </w:r>
       <w:r w:rsidR="00AD36CB" w:rsidRPr="004009DF">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Journal of Transformative Pedagogies and Learner Engagement</w:t>
       </w:r>
@@ -1057,50 +1057,70 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00AD36CB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>JTPLE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0043073A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="0043073A" w:rsidRPr="0043073A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Synergy Publication</w:t>
+      </w:r>
+      <w:r w:rsidR="0043073A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004107E0">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">has </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>non-exclusive right</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -2456,115 +2476,115 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004009DF" w:rsidRPr="003C0FF0" w:rsidSect="00A62CDD">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="20160"/>
       <w:pgMar w:top="648" w:right="818" w:bottom="728" w:left="738" w:header="720" w:footer="351" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74AF8067" w14:textId="77777777" w:rsidR="00D17DBA" w:rsidRDefault="00D17DBA" w:rsidP="005F10FC">
+    <w:p w14:paraId="5DDFEA53" w14:textId="77777777" w:rsidR="00D11D40" w:rsidRDefault="00D11D40" w:rsidP="005F10FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B97C002" w14:textId="77777777" w:rsidR="00D17DBA" w:rsidRDefault="00D17DBA" w:rsidP="005F10FC">
+    <w:p w14:paraId="50670E52" w14:textId="77777777" w:rsidR="00D11D40" w:rsidRDefault="00D11D40" w:rsidP="005F10FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Apple Color Emoji">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="18000000" w:usb2="14000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
@@ -2663,61 +2683,61 @@
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="41E1C2F4" w14:textId="77777777" w:rsidR="00EB5F03" w:rsidRDefault="00EB5F03">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E0E1B49" w14:textId="77777777" w:rsidR="00D17DBA" w:rsidRDefault="00D17DBA" w:rsidP="005F10FC">
+    <w:p w14:paraId="57FD0B4B" w14:textId="77777777" w:rsidR="00D11D40" w:rsidRDefault="00D11D40" w:rsidP="005F10FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F871515" w14:textId="77777777" w:rsidR="00D17DBA" w:rsidRDefault="00D17DBA" w:rsidP="005F10FC">
+    <w:p w14:paraId="26796874" w14:textId="77777777" w:rsidR="00D11D40" w:rsidRDefault="00D11D40" w:rsidP="005F10FC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="11070" w:type="dxa"/>
       <w:tblInd w:w="-810" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2278"/>
       <w:gridCol w:w="8792"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F379BB" w14:paraId="06DF2475" w14:textId="77777777" w:rsidTr="00F379BB">
       <w:trPr>
@@ -4652,102 +4672,105 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="191455941">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="681510810">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="561332950">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1831406992">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2102294977">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2033723005">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="155"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="149"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F10FC"/>
     <w:rsid w:val="00050968"/>
     <w:rsid w:val="00077D2D"/>
     <w:rsid w:val="001A6028"/>
     <w:rsid w:val="00266C98"/>
     <w:rsid w:val="0035725E"/>
     <w:rsid w:val="003578FE"/>
     <w:rsid w:val="003C0FF0"/>
     <w:rsid w:val="004009DF"/>
     <w:rsid w:val="004107E0"/>
+    <w:rsid w:val="0043073A"/>
     <w:rsid w:val="004426C9"/>
     <w:rsid w:val="004437C1"/>
     <w:rsid w:val="00462FF7"/>
     <w:rsid w:val="004B1EC7"/>
     <w:rsid w:val="004F19ED"/>
     <w:rsid w:val="005F10FC"/>
     <w:rsid w:val="00643ABA"/>
     <w:rsid w:val="0069589B"/>
     <w:rsid w:val="006C6566"/>
     <w:rsid w:val="00772F93"/>
+    <w:rsid w:val="0080596A"/>
     <w:rsid w:val="00854582"/>
     <w:rsid w:val="00855D96"/>
     <w:rsid w:val="008B6F84"/>
     <w:rsid w:val="008D2E07"/>
     <w:rsid w:val="008D73D3"/>
     <w:rsid w:val="00A62CDD"/>
     <w:rsid w:val="00A76195"/>
     <w:rsid w:val="00AD36CB"/>
     <w:rsid w:val="00AD7CB0"/>
     <w:rsid w:val="00B959D0"/>
     <w:rsid w:val="00BB06A0"/>
+    <w:rsid w:val="00D11D40"/>
     <w:rsid w:val="00D17DBA"/>
     <w:rsid w:val="00D5381A"/>
     <w:rsid w:val="00EB5F03"/>
     <w:rsid w:val="00F379BB"/>
     <w:rsid w:val="00FB345E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -6271,75 +6294,75 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>576</Words>
-  <Characters>3382</Characters>
+  <Words>592</Words>
+  <Characters>3481</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3957</CharactersWithSpaces>
+  <CharactersWithSpaces>4013</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>MIRZA SHAHZAN ASAGAR</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>39a8acec58338bcf8633720bd0adb10928a61e15e0a1b0a498102fae8756c750</vt:lpwstr>
   </property>